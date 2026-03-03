--- v0 (2025-10-01)
+++ v1 (2026-03-03)
@@ -1,67 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A665EC4-7A7E-4F1F-9C01-2035F54FDF16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B034E1D8-52FB-402B-B62D-4A52ED68FD43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="19440" windowHeight="15600" xr2:uid="{9A97207C-808A-4192-839A-8474E4C27D01}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{9A97207C-808A-4192-839A-8474E4C27D01}"/>
   </bookViews>
   <sheets>
     <sheet name="スケジュール" sheetId="1" r:id="rId1"/>
     <sheet name="休日" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">スケジュール!$C$4:$AK$27</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">スケジュール!$C:$E,スケジュール!$4:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F4" i="1" l="1"/>
   <c r="I4" i="1"/>
   <c r="F5" i="1"/>
   <c r="G5" i="1" s="1"/>
   <c r="H5" i="1" s="1"/>
   <c r="I5" i="1" s="1"/>
   <c r="J5" i="1" s="1"/>
   <c r="K5" i="1" s="1"/>
   <c r="L5" i="1" s="1"/>
   <c r="M5" i="1" s="1"/>
   <c r="N5" i="1" s="1"/>
   <c r="O5" i="1" s="1"/>
   <c r="P5" i="1" s="1"/>
   <c r="Q5" i="1" s="1"/>
   <c r="R5" i="1" s="1"/>
   <c r="S5" i="1" s="1"/>
   <c r="T5" i="1" s="1"/>
   <c r="U5" i="1" s="1"/>
@@ -93,51 +104,51 @@
   <c r="P6" i="1" l="1"/>
   <c r="Q6" i="1" l="1"/>
   <c r="R6" i="1" l="1"/>
   <c r="S6" i="1" l="1"/>
   <c r="T6" i="1" l="1"/>
   <c r="U6" i="1" l="1"/>
   <c r="V6" i="1" l="1"/>
   <c r="W6" i="1" l="1"/>
   <c r="X6" i="1" l="1"/>
   <c r="Y6" i="1" l="1"/>
   <c r="Z6" i="1" l="1"/>
   <c r="AA6" i="1" l="1"/>
   <c r="AB6" i="1" l="1"/>
   <c r="AC6" i="1" l="1"/>
   <c r="AD6" i="1" l="1"/>
   <c r="AE6" i="1" l="1"/>
   <c r="AF6" i="1" l="1"/>
   <c r="AG6" i="1" l="1"/>
   <c r="AH6" i="1" l="1"/>
   <c r="AI6" i="1" l="1"/>
   <c r="AJ6" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="28">
   <si>
     <t>元日</t>
   </si>
   <si>
     <t>成人の日</t>
   </si>
   <si>
     <t>春分の日</t>
   </si>
   <si>
     <t>天皇誕生日</t>
   </si>
   <si>
     <t>憲法記念日</t>
   </si>
   <si>
     <t>こどもの日</t>
   </si>
   <si>
     <t>秋分の日</t>
   </si>
   <si>
     <t>文化の日</t>
   </si>
   <si>
@@ -565,91 +576,91 @@
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="8" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -711,51 +722,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -853,402 +864,404 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5BCF378-FF55-4388-A140-9D3CFC04CCE6}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AJ27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="70" zoomScaleSheetLayoutView="90" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="70" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3.6328125" style="6" customWidth="1"/>
     <col min="2" max="2" width="2.6328125" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.6328125" style="6" customWidth="1"/>
     <col min="4" max="4" width="15.6328125" style="6" customWidth="1"/>
     <col min="5" max="5" width="10.6328125" style="6" customWidth="1"/>
     <col min="6" max="36" width="3.36328125" style="6" customWidth="1"/>
     <col min="37" max="37" width="1.6328125" style="6" customWidth="1"/>
     <col min="38" max="16384" width="8.81640625" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" ht="15.6" thickBot="1">
       <c r="A1" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>22</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:36" ht="19.2" thickBot="1">
       <c r="D2" s="19">
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:36" ht="19.95" customHeight="1">
       <c r="C4" s="8" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="21">
         <f>D2</f>
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="G4" s="21"/>
       <c r="H4" s="10" t="s">
         <v>25</v>
       </c>
       <c r="I4" s="11">
         <f>D2</f>
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="12"/>
       <c r="L4" s="13"/>
       <c r="M4" s="13"/>
       <c r="N4" s="13"/>
       <c r="O4" s="13"/>
       <c r="P4" s="13"/>
       <c r="Q4" s="13"/>
       <c r="R4" s="13"/>
       <c r="S4" s="13"/>
       <c r="T4" s="13"/>
       <c r="U4" s="13"/>
       <c r="V4" s="13"/>
       <c r="W4" s="13"/>
       <c r="X4" s="13"/>
       <c r="Y4" s="13"/>
       <c r="Z4" s="13"/>
       <c r="AA4" s="13"/>
       <c r="AB4" s="13"/>
       <c r="AC4" s="13"/>
       <c r="AD4" s="13"/>
       <c r="AE4" s="13"/>
       <c r="AF4" s="13"/>
       <c r="AG4" s="13"/>
       <c r="AH4" s="13"/>
       <c r="AI4" s="13"/>
       <c r="AJ4" s="13"/>
     </row>
     <row r="5" spans="1:36" ht="19.95" customHeight="1">
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="18">
         <f>D2</f>
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="G5" s="18">
         <f>IF(F5="","",IF(MONTH(F5+1)=MONTH($F$5),F5+1,""))</f>
-        <v>45749</v>
+        <v>46114</v>
       </c>
       <c r="H5" s="18">
         <f t="shared" ref="H5:AJ5" si="0">IF(G5="","",IF(MONTH(G5+1)=MONTH($F$5),G5+1,""))</f>
-        <v>45750</v>
+        <v>46115</v>
       </c>
       <c r="I5" s="18">
         <f t="shared" si="0"/>
-        <v>45751</v>
+        <v>46116</v>
       </c>
       <c r="J5" s="18">
         <f t="shared" si="0"/>
-        <v>45752</v>
+        <v>46117</v>
       </c>
       <c r="K5" s="18">
         <f t="shared" si="0"/>
-        <v>45753</v>
+        <v>46118</v>
       </c>
       <c r="L5" s="18">
         <f t="shared" si="0"/>
-        <v>45754</v>
+        <v>46119</v>
       </c>
       <c r="M5" s="18">
         <f t="shared" si="0"/>
-        <v>45755</v>
+        <v>46120</v>
       </c>
       <c r="N5" s="18">
         <f t="shared" si="0"/>
-        <v>45756</v>
+        <v>46121</v>
       </c>
       <c r="O5" s="18">
         <f t="shared" si="0"/>
-        <v>45757</v>
+        <v>46122</v>
       </c>
       <c r="P5" s="18">
         <f t="shared" si="0"/>
-        <v>45758</v>
+        <v>46123</v>
       </c>
       <c r="Q5" s="18">
         <f t="shared" si="0"/>
-        <v>45759</v>
+        <v>46124</v>
       </c>
       <c r="R5" s="18">
         <f t="shared" si="0"/>
-        <v>45760</v>
+        <v>46125</v>
       </c>
       <c r="S5" s="18">
         <f t="shared" si="0"/>
-        <v>45761</v>
+        <v>46126</v>
       </c>
       <c r="T5" s="18">
         <f t="shared" si="0"/>
-        <v>45762</v>
+        <v>46127</v>
       </c>
       <c r="U5" s="18">
         <f t="shared" si="0"/>
-        <v>45763</v>
+        <v>46128</v>
       </c>
       <c r="V5" s="18">
         <f t="shared" si="0"/>
-        <v>45764</v>
+        <v>46129</v>
       </c>
       <c r="W5" s="18">
         <f t="shared" si="0"/>
-        <v>45765</v>
+        <v>46130</v>
       </c>
       <c r="X5" s="18">
         <f t="shared" si="0"/>
-        <v>45766</v>
+        <v>46131</v>
       </c>
       <c r="Y5" s="18">
         <f t="shared" si="0"/>
-        <v>45767</v>
+        <v>46132</v>
       </c>
       <c r="Z5" s="18">
         <f t="shared" si="0"/>
-        <v>45768</v>
+        <v>46133</v>
       </c>
       <c r="AA5" s="18">
         <f t="shared" si="0"/>
-        <v>45769</v>
+        <v>46134</v>
       </c>
       <c r="AB5" s="18">
         <f t="shared" si="0"/>
-        <v>45770</v>
+        <v>46135</v>
       </c>
       <c r="AC5" s="18">
         <f t="shared" si="0"/>
-        <v>45771</v>
+        <v>46136</v>
       </c>
       <c r="AD5" s="18">
         <f t="shared" si="0"/>
-        <v>45772</v>
+        <v>46137</v>
       </c>
       <c r="AE5" s="18">
         <f t="shared" si="0"/>
-        <v>45773</v>
+        <v>46138</v>
       </c>
       <c r="AF5" s="18">
         <f t="shared" si="0"/>
-        <v>45774</v>
+        <v>46139</v>
       </c>
       <c r="AG5" s="18">
         <f t="shared" si="0"/>
-        <v>45775</v>
+        <v>46140</v>
       </c>
       <c r="AH5" s="18">
         <f t="shared" si="0"/>
-        <v>45776</v>
+        <v>46141</v>
       </c>
       <c r="AI5" s="18">
         <f t="shared" si="0"/>
-        <v>45777</v>
+        <v>46142</v>
       </c>
       <c r="AJ5" s="18" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="6" spans="1:36">
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="17">
         <f>F5</f>
-        <v>45748</v>
+        <v>46113</v>
       </c>
       <c r="G6" s="17">
         <f>G5</f>
-        <v>45749</v>
+        <v>46114</v>
       </c>
       <c r="H6" s="17">
         <f t="shared" ref="H6:AJ6" si="1">H5</f>
-        <v>45750</v>
+        <v>46115</v>
       </c>
       <c r="I6" s="17">
         <f t="shared" si="1"/>
-        <v>45751</v>
+        <v>46116</v>
       </c>
       <c r="J6" s="17">
         <f t="shared" si="1"/>
-        <v>45752</v>
+        <v>46117</v>
       </c>
       <c r="K6" s="17">
         <f t="shared" si="1"/>
-        <v>45753</v>
+        <v>46118</v>
       </c>
       <c r="L6" s="17">
         <f t="shared" si="1"/>
-        <v>45754</v>
+        <v>46119</v>
       </c>
       <c r="M6" s="17">
         <f t="shared" si="1"/>
-        <v>45755</v>
+        <v>46120</v>
       </c>
       <c r="N6" s="17">
         <f t="shared" si="1"/>
-        <v>45756</v>
+        <v>46121</v>
       </c>
       <c r="O6" s="17">
         <f t="shared" si="1"/>
-        <v>45757</v>
+        <v>46122</v>
       </c>
       <c r="P6" s="17">
         <f t="shared" si="1"/>
-        <v>45758</v>
+        <v>46123</v>
       </c>
       <c r="Q6" s="17">
         <f t="shared" si="1"/>
-        <v>45759</v>
+        <v>46124</v>
       </c>
       <c r="R6" s="17">
         <f t="shared" si="1"/>
-        <v>45760</v>
+        <v>46125</v>
       </c>
       <c r="S6" s="17">
         <f t="shared" si="1"/>
-        <v>45761</v>
+        <v>46126</v>
       </c>
       <c r="T6" s="17">
         <f t="shared" si="1"/>
-        <v>45762</v>
+        <v>46127</v>
       </c>
       <c r="U6" s="17">
         <f t="shared" si="1"/>
-        <v>45763</v>
+        <v>46128</v>
       </c>
       <c r="V6" s="17">
         <f t="shared" si="1"/>
-        <v>45764</v>
+        <v>46129</v>
       </c>
       <c r="W6" s="17">
         <f t="shared" si="1"/>
-        <v>45765</v>
+        <v>46130</v>
       </c>
       <c r="X6" s="17">
         <f t="shared" si="1"/>
-        <v>45766</v>
+        <v>46131</v>
       </c>
       <c r="Y6" s="17">
         <f t="shared" si="1"/>
-        <v>45767</v>
+        <v>46132</v>
       </c>
       <c r="Z6" s="17">
         <f t="shared" si="1"/>
-        <v>45768</v>
+        <v>46133</v>
       </c>
       <c r="AA6" s="17">
         <f t="shared" si="1"/>
-        <v>45769</v>
+        <v>46134</v>
       </c>
       <c r="AB6" s="17">
         <f t="shared" si="1"/>
-        <v>45770</v>
+        <v>46135</v>
       </c>
       <c r="AC6" s="17">
         <f t="shared" si="1"/>
-        <v>45771</v>
+        <v>46136</v>
       </c>
       <c r="AD6" s="17">
         <f t="shared" si="1"/>
-        <v>45772</v>
+        <v>46137</v>
       </c>
       <c r="AE6" s="17">
         <f t="shared" si="1"/>
-        <v>45773</v>
+        <v>46138</v>
       </c>
       <c r="AF6" s="17">
         <f t="shared" si="1"/>
-        <v>45774</v>
+        <v>46139</v>
       </c>
       <c r="AG6" s="17">
         <f t="shared" si="1"/>
-        <v>45775</v>
+        <v>46140</v>
       </c>
       <c r="AH6" s="17">
         <f t="shared" si="1"/>
-        <v>45776</v>
+        <v>46141</v>
       </c>
       <c r="AI6" s="17">
         <f t="shared" si="1"/>
-        <v>45777</v>
+        <v>46142</v>
       </c>
       <c r="AJ6" s="17" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="7" spans="1:36" ht="25.2" customHeight="1">
       <c r="A7" s="7">
         <v>1</v>
       </c>
       <c r="C7" s="9"/>
       <c r="D7" s="15"/>
       <c r="E7" s="16"/>
       <c r="F7" s="14"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="14"/>
       <c r="L7" s="14"/>
       <c r="M7" s="14"/>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
       <c r="P7" s="14"/>
       <c r="Q7" s="14"/>
@@ -2065,55 +2078,55 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="2" id="{98A488F4-CF13-4BDF-AF53-3D2667822085}">
             <xm:f>MATCH(F$5,休日!$A:$A,0)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="8" tint="0.59996337778862885"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>F5:AJ26</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85195A7C-11C0-4D17-A92E-E675378AFE37}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:E126"/>
+  <dimension ref="A1:E143"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A94" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B127" sqref="B127"/>
+      <pane ySplit="1" topLeftCell="A115" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B144" sqref="B144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="20.6328125" customWidth="1"/>
     <col min="3" max="3" width="3.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3">
         <v>44197</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -3111,50 +3124,186 @@
       <c r="B123" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" s="3">
         <v>46307</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125" s="3">
         <v>46329</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126" s="3">
         <v>46349</v>
       </c>
       <c r="B126" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2">
+      <c r="A127" s="3">
+        <v>46388</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2">
+      <c r="A128" s="3">
+        <v>46398</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2">
+      <c r="A129" s="3">
+        <v>46429</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2">
+      <c r="A130" s="3">
+        <v>46441</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2">
+      <c r="A131" s="3">
+        <v>46467</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2">
+      <c r="A132" s="3">
+        <v>46468</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2">
+      <c r="A133" s="3">
+        <v>46506</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2">
+      <c r="A134" s="3">
+        <v>46510</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2">
+      <c r="A135" s="3">
+        <v>46511</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2">
+      <c r="A136" s="3">
+        <v>46512</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2">
+      <c r="A137" s="3">
+        <v>46587</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2">
+      <c r="A138" s="3">
+        <v>46610</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2">
+      <c r="A139" s="3">
+        <v>46650</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2">
+      <c r="A140" s="3">
+        <v>46653</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2">
+      <c r="A141" s="3">
+        <v>46671</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2">
+      <c r="A142" s="3">
+        <v>46694</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2">
+      <c r="A143" s="3">
+        <v>46714</v>
+      </c>
+      <c r="B143" s="1" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat/>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>