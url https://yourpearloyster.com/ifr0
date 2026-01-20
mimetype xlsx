--- v0 (2025-10-21)
+++ v1 (2026-01-20)
@@ -1,77 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26529"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E7938518-0D10-46C9-87D4-038A259D9AB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E568CBDB-1700-411F-9CC2-92EDADB2CA55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{9A97207C-808A-4192-839A-8474E4C27D01}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{9A97207C-808A-4192-839A-8474E4C27D01}"/>
   </bookViews>
   <sheets>
     <sheet name="yymm" sheetId="5" r:id="rId1"/>
     <sheet name="祝日" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">yymm!$B$13:$AV$144</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">yymm!$A$1:$AV$144</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">yymm!$B:$L,yymm!$1:$13</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M12" i="5" l="1"/>
-  <c r="M11" i="5"/>
+  <c r="M11" i="5" l="1"/>
   <c r="M9" i="5" s="1"/>
   <c r="M10" i="5"/>
   <c r="L143" i="5"/>
   <c r="L142" i="5"/>
   <c r="L141" i="5"/>
   <c r="L140" i="5"/>
   <c r="L139" i="5"/>
   <c r="L138" i="5"/>
   <c r="L137" i="5"/>
   <c r="L136" i="5"/>
   <c r="L135" i="5"/>
   <c r="L134" i="5"/>
   <c r="L133" i="5"/>
   <c r="L132" i="5"/>
   <c r="L131" i="5"/>
   <c r="L130" i="5"/>
   <c r="L129" i="5"/>
   <c r="L128" i="5"/>
   <c r="L127" i="5"/>
   <c r="L126" i="5"/>
   <c r="L125" i="5"/>
   <c r="L124" i="5"/>
   <c r="L123" i="5"/>
   <c r="L122" i="5"/>
   <c r="L121" i="5"/>
@@ -140,51 +150,52 @@
   <c r="AK10" i="5"/>
   <c r="AJ10" i="5"/>
   <c r="AI10" i="5"/>
   <c r="AH10" i="5"/>
   <c r="AG10" i="5"/>
   <c r="AF10" i="5"/>
   <c r="AE10" i="5"/>
   <c r="AD10" i="5"/>
   <c r="AC10" i="5"/>
   <c r="AB10" i="5"/>
   <c r="AA10" i="5"/>
   <c r="Z10" i="5"/>
   <c r="Y10" i="5"/>
   <c r="X10" i="5"/>
   <c r="W10" i="5"/>
   <c r="V10" i="5"/>
   <c r="U10" i="5"/>
   <c r="T10" i="5"/>
   <c r="S10" i="5"/>
   <c r="R10" i="5"/>
   <c r="Q10" i="5"/>
   <c r="P10" i="5"/>
   <c r="N10" i="5"/>
   <c r="O11" i="5"/>
   <c r="O10" i="5"/>
-  <c r="O12" i="5" l="1"/>
+  <c r="M12" i="5" l="1"/>
+  <c r="O12" i="5"/>
   <c r="X12" i="5"/>
   <c r="X9" i="5"/>
   <c r="AM12" i="5"/>
   <c r="AM9" i="5"/>
   <c r="P12" i="5"/>
   <c r="P9" i="5"/>
   <c r="AN12" i="5"/>
   <c r="AN9" i="5"/>
   <c r="Q12" i="5"/>
   <c r="Q9" i="5"/>
   <c r="Y12" i="5"/>
   <c r="Y9" i="5"/>
   <c r="AG12" i="5"/>
   <c r="AG9" i="5"/>
   <c r="AO12" i="5"/>
   <c r="AO9" i="5"/>
   <c r="W12" i="5"/>
   <c r="W9" i="5"/>
   <c r="AF12" i="5"/>
   <c r="AF9" i="5"/>
   <c r="R12" i="5"/>
   <c r="R9" i="5"/>
   <c r="Z12" i="5"/>
   <c r="Z9" i="5"/>
   <c r="AH12" i="5"/>
@@ -405,51 +416,51 @@
   <c r="AN5" i="5"/>
   <c r="AP4" i="5" l="1"/>
   <c r="AO6" i="5"/>
   <c r="AO5" i="5"/>
   <c r="AQ4" i="5" l="1"/>
   <c r="AP6" i="5"/>
   <c r="AP5" i="5"/>
   <c r="AR4" i="5" l="1"/>
   <c r="AQ6" i="5"/>
   <c r="AQ5" i="5"/>
   <c r="AR6" i="5" l="1"/>
   <c r="AR5" i="5"/>
   <c r="AS4" i="5"/>
   <c r="AS6" i="5" l="1"/>
   <c r="AS5" i="5"/>
   <c r="AT4" i="5"/>
   <c r="AT6" i="5" l="1"/>
   <c r="AT5" i="5"/>
   <c r="AU4" i="5"/>
   <c r="AU5" i="5" l="1"/>
   <c r="AU6" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="36">
   <si>
     <t>元日</t>
   </si>
   <si>
     <t>成人の日</t>
   </si>
   <si>
     <t>春分の日</t>
   </si>
   <si>
     <t>天皇誕生日</t>
   </si>
   <si>
     <t>憲法記念日</t>
   </si>
   <si>
     <t>こどもの日</t>
   </si>
   <si>
     <t>秋分の日</t>
   </si>
   <si>
     <t>文化の日</t>
   </si>
   <si>
@@ -1666,51 +1677,51 @@
   <sheetData>
     <row r="1" spans="2:47" ht="4.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M1" s="10"/>
     </row>
     <row r="2" spans="2:47" ht="15" x14ac:dyDescent="0.3">
       <c r="B2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="32"/>
     </row>
     <row r="3" spans="2:47" x14ac:dyDescent="0.3">
       <c r="C3" s="58" t="s">
         <v>31</v>
       </c>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
       <c r="J3" s="52"/>
       <c r="K3" s="43"/>
       <c r="L3" s="12"/>
       <c r="M3" s="24">
         <f>IF(DAY(M4)=1,M4)</f>
-        <v>45017</v>
+        <v>46113</v>
       </c>
       <c r="N3" s="25"/>
       <c r="O3" s="25"/>
       <c r="P3" s="25"/>
       <c r="Q3" s="25"/>
       <c r="R3" s="25"/>
       <c r="S3" s="25"/>
       <c r="T3" s="25"/>
       <c r="U3" s="25"/>
       <c r="V3" s="25"/>
       <c r="W3" s="25"/>
       <c r="X3" s="25"/>
       <c r="Y3" s="25"/>
       <c r="Z3" s="25"/>
       <c r="AA3" s="25"/>
       <c r="AB3" s="25"/>
       <c r="AC3" s="25"/>
       <c r="AD3" s="25"/>
       <c r="AE3" s="25"/>
       <c r="AF3" s="25"/>
       <c r="AG3" s="25"/>
       <c r="AH3" s="25"/>
       <c r="AI3" s="25"/>
       <c r="AJ3" s="25"/>
       <c r="AK3" s="25"/>
@@ -1718,342 +1729,342 @@
       <c r="AM3" s="25"/>
       <c r="AN3" s="25"/>
       <c r="AO3" s="25"/>
       <c r="AP3" s="25"/>
       <c r="AQ3" s="24"/>
       <c r="AR3" s="24"/>
       <c r="AS3" s="24"/>
       <c r="AT3" s="24"/>
       <c r="AU3" s="24"/>
     </row>
     <row r="4" spans="2:47" x14ac:dyDescent="0.3">
       <c r="B4" s="44"/>
       <c r="C4" s="53" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="11"/>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
       <c r="G4" s="11"/>
       <c r="H4" s="11"/>
       <c r="I4" s="11"/>
       <c r="J4" s="54"/>
       <c r="K4" s="43"/>
       <c r="L4" s="23"/>
       <c r="M4" s="26">
-        <v>45017</v>
+        <v>46113</v>
       </c>
       <c r="N4" s="26">
         <f>IF(M4="","",M4+1)</f>
-        <v>45018</v>
+        <v>46114</v>
       </c>
       <c r="O4" s="26">
         <f t="shared" ref="O4:AQ4" si="0">IF(N4="","",N4+1)</f>
-        <v>45019</v>
+        <v>46115</v>
       </c>
       <c r="P4" s="26">
         <f t="shared" si="0"/>
-        <v>45020</v>
+        <v>46116</v>
       </c>
       <c r="Q4" s="26">
         <f t="shared" si="0"/>
-        <v>45021</v>
+        <v>46117</v>
       </c>
       <c r="R4" s="26">
         <f t="shared" si="0"/>
-        <v>45022</v>
+        <v>46118</v>
       </c>
       <c r="S4" s="26">
         <f t="shared" si="0"/>
-        <v>45023</v>
+        <v>46119</v>
       </c>
       <c r="T4" s="26">
         <f t="shared" si="0"/>
-        <v>45024</v>
+        <v>46120</v>
       </c>
       <c r="U4" s="26">
         <f t="shared" si="0"/>
-        <v>45025</v>
+        <v>46121</v>
       </c>
       <c r="V4" s="26">
         <f t="shared" si="0"/>
-        <v>45026</v>
+        <v>46122</v>
       </c>
       <c r="W4" s="26">
         <f t="shared" si="0"/>
-        <v>45027</v>
+        <v>46123</v>
       </c>
       <c r="X4" s="26">
         <f t="shared" si="0"/>
-        <v>45028</v>
+        <v>46124</v>
       </c>
       <c r="Y4" s="26">
         <f t="shared" si="0"/>
-        <v>45029</v>
+        <v>46125</v>
       </c>
       <c r="Z4" s="26">
         <f t="shared" si="0"/>
-        <v>45030</v>
+        <v>46126</v>
       </c>
       <c r="AA4" s="26">
         <f t="shared" si="0"/>
-        <v>45031</v>
+        <v>46127</v>
       </c>
       <c r="AB4" s="26">
         <f t="shared" si="0"/>
-        <v>45032</v>
+        <v>46128</v>
       </c>
       <c r="AC4" s="26">
         <f t="shared" si="0"/>
-        <v>45033</v>
+        <v>46129</v>
       </c>
       <c r="AD4" s="26">
         <f t="shared" si="0"/>
-        <v>45034</v>
+        <v>46130</v>
       </c>
       <c r="AE4" s="26">
         <f t="shared" si="0"/>
-        <v>45035</v>
+        <v>46131</v>
       </c>
       <c r="AF4" s="26">
         <f t="shared" si="0"/>
-        <v>45036</v>
+        <v>46132</v>
       </c>
       <c r="AG4" s="26">
         <f t="shared" si="0"/>
-        <v>45037</v>
+        <v>46133</v>
       </c>
       <c r="AH4" s="26">
         <f t="shared" si="0"/>
-        <v>45038</v>
+        <v>46134</v>
       </c>
       <c r="AI4" s="26">
         <f t="shared" si="0"/>
-        <v>45039</v>
+        <v>46135</v>
       </c>
       <c r="AJ4" s="26">
         <f t="shared" si="0"/>
-        <v>45040</v>
+        <v>46136</v>
       </c>
       <c r="AK4" s="26">
         <f t="shared" si="0"/>
-        <v>45041</v>
+        <v>46137</v>
       </c>
       <c r="AL4" s="26">
         <f t="shared" si="0"/>
-        <v>45042</v>
+        <v>46138</v>
       </c>
       <c r="AM4" s="26">
         <f t="shared" si="0"/>
-        <v>45043</v>
+        <v>46139</v>
       </c>
       <c r="AN4" s="26">
         <f t="shared" si="0"/>
-        <v>45044</v>
+        <v>46140</v>
       </c>
       <c r="AO4" s="26">
         <f t="shared" si="0"/>
-        <v>45045</v>
+        <v>46141</v>
       </c>
       <c r="AP4" s="26">
         <f t="shared" si="0"/>
-        <v>45046</v>
+        <v>46142</v>
       </c>
       <c r="AQ4" s="26">
         <f t="shared" si="0"/>
-        <v>45047</v>
+        <v>46143</v>
       </c>
       <c r="AR4" s="26">
         <f t="shared" ref="AR4:AU4" si="1">IF(AQ4="","",AQ4+1)</f>
-        <v>45048</v>
+        <v>46144</v>
       </c>
       <c r="AS4" s="26">
         <f t="shared" si="1"/>
-        <v>45049</v>
+        <v>46145</v>
       </c>
       <c r="AT4" s="26">
         <f t="shared" si="1"/>
-        <v>45050</v>
+        <v>46146</v>
       </c>
       <c r="AU4" s="26">
         <f t="shared" si="1"/>
-        <v>45051</v>
+        <v>46147</v>
       </c>
     </row>
     <row r="5" spans="2:47" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B5" s="44"/>
       <c r="C5" s="53" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="54"/>
       <c r="K5" s="43"/>
       <c r="L5" s="67"/>
       <c r="M5" s="27">
         <f>M4</f>
-        <v>45017</v>
+        <v>46113</v>
       </c>
       <c r="N5" s="27">
         <f>N4</f>
-        <v>45018</v>
+        <v>46114</v>
       </c>
       <c r="O5" s="27">
         <f t="shared" ref="O5:AQ5" si="2">O4</f>
-        <v>45019</v>
+        <v>46115</v>
       </c>
       <c r="P5" s="27">
         <f t="shared" si="2"/>
-        <v>45020</v>
+        <v>46116</v>
       </c>
       <c r="Q5" s="27">
         <f t="shared" si="2"/>
-        <v>45021</v>
+        <v>46117</v>
       </c>
       <c r="R5" s="27">
         <f t="shared" si="2"/>
-        <v>45022</v>
+        <v>46118</v>
       </c>
       <c r="S5" s="27">
         <f t="shared" si="2"/>
-        <v>45023</v>
+        <v>46119</v>
       </c>
       <c r="T5" s="27">
         <f t="shared" si="2"/>
-        <v>45024</v>
+        <v>46120</v>
       </c>
       <c r="U5" s="27">
         <f t="shared" si="2"/>
-        <v>45025</v>
+        <v>46121</v>
       </c>
       <c r="V5" s="27">
         <f t="shared" si="2"/>
-        <v>45026</v>
+        <v>46122</v>
       </c>
       <c r="W5" s="27">
         <f t="shared" si="2"/>
-        <v>45027</v>
+        <v>46123</v>
       </c>
       <c r="X5" s="27">
         <f t="shared" si="2"/>
-        <v>45028</v>
+        <v>46124</v>
       </c>
       <c r="Y5" s="27">
         <f t="shared" si="2"/>
-        <v>45029</v>
+        <v>46125</v>
       </c>
       <c r="Z5" s="27">
         <f t="shared" si="2"/>
-        <v>45030</v>
+        <v>46126</v>
       </c>
       <c r="AA5" s="27">
         <f t="shared" si="2"/>
-        <v>45031</v>
+        <v>46127</v>
       </c>
       <c r="AB5" s="27">
         <f t="shared" si="2"/>
-        <v>45032</v>
+        <v>46128</v>
       </c>
       <c r="AC5" s="27">
         <f t="shared" si="2"/>
-        <v>45033</v>
+        <v>46129</v>
       </c>
       <c r="AD5" s="27">
         <f t="shared" si="2"/>
-        <v>45034</v>
+        <v>46130</v>
       </c>
       <c r="AE5" s="27">
         <f t="shared" si="2"/>
-        <v>45035</v>
+        <v>46131</v>
       </c>
       <c r="AF5" s="27">
         <f t="shared" si="2"/>
-        <v>45036</v>
+        <v>46132</v>
       </c>
       <c r="AG5" s="27">
         <f t="shared" si="2"/>
-        <v>45037</v>
+        <v>46133</v>
       </c>
       <c r="AH5" s="27">
         <f t="shared" si="2"/>
-        <v>45038</v>
+        <v>46134</v>
       </c>
       <c r="AI5" s="27">
         <f t="shared" si="2"/>
-        <v>45039</v>
+        <v>46135</v>
       </c>
       <c r="AJ5" s="27">
         <f t="shared" si="2"/>
-        <v>45040</v>
+        <v>46136</v>
       </c>
       <c r="AK5" s="27">
         <f t="shared" si="2"/>
-        <v>45041</v>
+        <v>46137</v>
       </c>
       <c r="AL5" s="27">
         <f t="shared" si="2"/>
-        <v>45042</v>
+        <v>46138</v>
       </c>
       <c r="AM5" s="27">
         <f t="shared" si="2"/>
-        <v>45043</v>
+        <v>46139</v>
       </c>
       <c r="AN5" s="27">
         <f t="shared" si="2"/>
-        <v>45044</v>
+        <v>46140</v>
       </c>
       <c r="AO5" s="27">
         <f t="shared" si="2"/>
-        <v>45045</v>
+        <v>46141</v>
       </c>
       <c r="AP5" s="27">
         <f t="shared" si="2"/>
-        <v>45046</v>
+        <v>46142</v>
       </c>
       <c r="AQ5" s="27">
         <f t="shared" si="2"/>
-        <v>45047</v>
+        <v>46143</v>
       </c>
       <c r="AR5" s="27">
         <f t="shared" ref="AR5:AU5" si="3">AR4</f>
-        <v>45048</v>
+        <v>46144</v>
       </c>
       <c r="AS5" s="27">
         <f t="shared" si="3"/>
-        <v>45049</v>
+        <v>46145</v>
       </c>
       <c r="AT5" s="27">
         <f t="shared" si="3"/>
-        <v>45050</v>
+        <v>46146</v>
       </c>
       <c r="AU5" s="27">
         <f t="shared" si="3"/>
-        <v>45051</v>
+        <v>46147</v>
       </c>
     </row>
     <row r="6" spans="2:47" x14ac:dyDescent="0.3">
       <c r="C6" s="53" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="54"/>
       <c r="K6" s="43"/>
       <c r="L6" s="66"/>
       <c r="M6" s="28" t="str">
         <f>IF(ISERROR(MATCH(M4,祝日!$A:$A,0)),"","祝")</f>
         <v/>
       </c>
       <c r="N6" s="28" t="str">
         <f>IF(ISERROR(MATCH(N4,祝日!$A:$A,0)),"","祝")</f>
         <v/>
       </c>
       <c r="O6" s="28" t="str">
         <f>IF(ISERROR(MATCH(O4,祝日!$A:$A,0)),"","祝")</f>
@@ -9863,55 +9874,55 @@
   </sheetData>
   <autoFilter ref="B13:AV144" xr:uid="{39457841-7695-481D-AEBF-1D7B2ADA86BD}"/>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="M4:AU143">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>OR(OR(WEEKDAY(M$4)=1,WEEKDAY(M$4)=7),M$6&lt;&gt;"")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M14:AU143">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;14&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85195A7C-11C0-4D17-A92E-E675378AFE37}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:D72"/>
+  <dimension ref="A1:D109"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="20.6328125" customWidth="1"/>
     <col min="3" max="3" width="3.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" s="3">
         <v>44197</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -10456,50 +10467,346 @@
       <c r="B69" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A70" s="3">
         <v>45599</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A71" s="3">
         <v>45600</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A72" s="3">
         <v>45619</v>
       </c>
       <c r="B72" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A73" s="3">
+        <v>45658</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A74" s="3">
+        <v>45670</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A75" s="3">
+        <v>45699</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A76" s="3">
+        <v>45711</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A77" s="3">
+        <v>45712</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A78" s="3">
+        <v>45736</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A79" s="3">
+        <v>45776</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A80" s="3">
+        <v>45780</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A81" s="3">
+        <v>45781</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A82" s="3">
+        <v>45782</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A83" s="3">
+        <v>45783</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A84" s="3">
+        <v>45859</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A85" s="3">
+        <v>45880</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A86" s="3">
+        <v>45915</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A87" s="3">
+        <v>45923</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A88" s="3">
+        <v>45943</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A89" s="3">
+        <v>45964</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A90" s="3">
+        <v>45984</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A91" s="3">
+        <v>45985</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A92" s="3">
+        <v>46023</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A93" s="3">
+        <v>46034</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A94" s="3">
+        <v>46064</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A95" s="3">
+        <v>46076</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A96" s="3">
+        <v>46101</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A97" s="3">
+        <v>46141</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A98" s="3">
+        <v>46145</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A99" s="3">
+        <v>46146</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A100" s="3">
+        <v>46147</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A101" s="3">
+        <v>46148</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A102" s="3">
+        <v>46223</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A103" s="3">
+        <v>46245</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A104" s="3">
+        <v>46286</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A105" s="3">
+        <v>46287</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A106" s="3">
+        <v>46288</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A107" s="3">
+        <v>46307</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A108" s="3">
+        <v>46329</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A109" s="3">
+        <v>46349</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat/>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>