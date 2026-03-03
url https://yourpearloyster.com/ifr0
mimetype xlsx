--- v1 (2026-01-20)
+++ v2 (2026-03-03)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E568CBDB-1700-411F-9CC2-92EDADB2CA55}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA15278A-CA39-454D-8B2A-5BDE5142B510}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{9A97207C-808A-4192-839A-8474E4C27D01}"/>
   </bookViews>
   <sheets>
     <sheet name="yymm" sheetId="5" r:id="rId1"/>
     <sheet name="祝日" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">yymm!$B$13:$AV$144</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">yymm!$A$1:$AV$144</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">yymm!$B:$L,yymm!$1:$13</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -416,51 +416,51 @@
   <c r="AN5" i="5"/>
   <c r="AP4" i="5" l="1"/>
   <c r="AO6" i="5"/>
   <c r="AO5" i="5"/>
   <c r="AQ4" i="5" l="1"/>
   <c r="AP6" i="5"/>
   <c r="AP5" i="5"/>
   <c r="AR4" i="5" l="1"/>
   <c r="AQ6" i="5"/>
   <c r="AQ5" i="5"/>
   <c r="AR6" i="5" l="1"/>
   <c r="AR5" i="5"/>
   <c r="AS4" i="5"/>
   <c r="AS6" i="5" l="1"/>
   <c r="AS5" i="5"/>
   <c r="AT4" i="5"/>
   <c r="AT6" i="5" l="1"/>
   <c r="AT5" i="5"/>
   <c r="AU4" i="5"/>
   <c r="AU5" i="5" l="1"/>
   <c r="AU6" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="36">
   <si>
     <t>元日</t>
   </si>
   <si>
     <t>成人の日</t>
   </si>
   <si>
     <t>春分の日</t>
   </si>
   <si>
     <t>天皇誕生日</t>
   </si>
   <si>
     <t>憲法記念日</t>
   </si>
   <si>
     <t>こどもの日</t>
   </si>
   <si>
     <t>秋分の日</t>
   </si>
   <si>
     <t>文化の日</t>
   </si>
   <si>
@@ -656,100 +656,106 @@
     <t>4.7列目「就業時間」の列に就業時間を入れる</t>
     <rPh sb="3" eb="5">
       <t>レツメ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>シュウギョウ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ジカン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>レツ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シュウギョウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ジカン</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>イ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>年末（12/29～12/31）は祝日ではないため入っていないませんが、休日の場合も多いと思うので、必要に応じて行を追加していれてください。</t>
-[...35 lines deleted...]
-  <si>
     <t>祝日</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>このシートはA列が数式で参照されています</t>
     <rPh sb="7" eb="8">
       <t>レツ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>スウシキ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>サンショウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>年末年始（12/29～1/3）は祝日でない日が入っていませんが、休日の場合も多いと思うので、必要に応じて行を追加していれてください。</t>
+    <rPh sb="0" eb="2">
+      <t>ネンマツ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ネンシ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>シュクジツ</t>
+    </rPh>
+    <rPh sb="21" eb="22">
+      <t>ヒ</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ハイ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>キュウジツ</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="37" eb="38">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="40" eb="41">
+      <t>オモ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="48" eb="49">
+      <t>オウ</t>
+    </rPh>
+    <rPh sb="51" eb="52">
+      <t>ギョウ</t>
+    </rPh>
+    <rPh sb="53" eb="55">
+      <t>ツイカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="176" formatCode="d"/>
     <numFmt numFmtId="177" formatCode="aaa"/>
     <numFmt numFmtId="178" formatCode="m&quot;月&quot;"/>
     <numFmt numFmtId="179" formatCode="yyyy/mm/dd;@"/>
     <numFmt numFmtId="180" formatCode="0.0_ "/>
     <numFmt numFmtId="181" formatCode="0.0_ ;[Red]\-0.0\ ;_ * &quot;-&quot;?_ ;_ @_ "/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
@@ -1636,51 +1642,51 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39457841-7695-481D-AEBF-1D7B2ADA86BD}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="B1:AU144"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="70" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane xSplit="12" ySplit="13" topLeftCell="M14" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A2" sqref="A2"/>
       <selection pane="topRight" activeCell="M2" sqref="M2"/>
       <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="M4" sqref="M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="0.81640625" customWidth="1"/>
     <col min="2" max="3" width="3.6328125" customWidth="1"/>
     <col min="4" max="4" width="20.6328125" customWidth="1"/>
     <col min="5" max="10" width="5.6328125" customWidth="1"/>
     <col min="11" max="11" width="4.6328125" customWidth="1"/>
     <col min="12" max="12" width="5.6328125" style="31" customWidth="1"/>
     <col min="13" max="47" width="3.6328125" customWidth="1"/>
     <col min="48" max="48" width="0.81640625" customWidth="1"/>
     <col min="49" max="49" width="3.6328125" customWidth="1"/>
     <col min="50" max="201" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:47" ht="4.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="M1" s="10"/>
     </row>
     <row r="2" spans="2:47" ht="15" x14ac:dyDescent="0.3">
       <c r="B2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="32"/>
     </row>
@@ -9874,100 +9880,100 @@
   </sheetData>
   <autoFilter ref="B13:AV144" xr:uid="{39457841-7695-481D-AEBF-1D7B2ADA86BD}"/>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="M4:AU143">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>OR(OR(WEEKDAY(M$4)=1,WEEKDAY(M$4)=7),M$6&lt;&gt;"")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M14:AU143">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;14&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85195A7C-11C0-4D17-A92E-E675378AFE37}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:D109"/>
+  <dimension ref="A1:D126"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D3" sqref="D3"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.6328125" style="4" customWidth="1"/>
     <col min="2" max="2" width="20.6328125" customWidth="1"/>
     <col min="3" max="3" width="3.6328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" s="3">
         <v>44197</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A3" s="3">
         <v>44207</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A4" s="3">
         <v>44238</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5" s="3">
         <v>44250</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>44275</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>44315</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>14</v>
       </c>
@@ -10763,50 +10769,186 @@
       <c r="B106" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A107" s="3">
         <v>46307</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A108" s="3">
         <v>46329</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A109" s="3">
         <v>46349</v>
       </c>
       <c r="B109" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A110" s="3">
+        <v>46388</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A111" s="3">
+        <v>46398</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A112" s="3">
+        <v>46429</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A113" s="3">
+        <v>46441</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A114" s="3">
+        <v>46467</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A115" s="3">
+        <v>46468</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A116" s="3">
+        <v>46506</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A117" s="3">
+        <v>46510</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A118" s="3">
+        <v>46511</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A119" s="3">
+        <v>46512</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A120" s="3">
+        <v>46587</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A121" s="3">
+        <v>46610</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A122" s="3">
+        <v>46650</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A123" s="3">
+        <v>46653</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A124" s="3">
+        <v>46671</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A125" s="3">
+        <v>46694</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A126" s="3">
+        <v>46714</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat/>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>